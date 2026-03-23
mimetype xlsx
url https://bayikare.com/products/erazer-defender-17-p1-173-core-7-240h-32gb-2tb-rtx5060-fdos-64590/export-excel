--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -44,171 +44,171 @@
   <si>
     <t>Üretici Kodu</t>
   </si>
   <si>
     <t>MD600008</t>
   </si>
   <si>
     <t>Notebook Kategori</t>
   </si>
   <si>
     <t>Oyuncu Notebook</t>
   </si>
   <si>
     <t>Ürün Ailesi</t>
   </si>
   <si>
     <t>Defender Serisi</t>
   </si>
   <si>
     <t>Ekran Tipi</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
+    <t>İşlemci Tipi</t>
+  </si>
+  <si>
+    <t>Intel® Core™ Ultra 7</t>
+  </si>
+  <si>
+    <t>İşlemci</t>
+  </si>
+  <si>
+    <t>Intel Core Ultra 7</t>
+  </si>
+  <si>
+    <t>Bellek Tipi</t>
+  </si>
+  <si>
+    <t>32GB (2×16) 5600MHz DDR5</t>
+  </si>
+  <si>
+    <t>Bellek Kapasitesi</t>
+  </si>
+  <si>
+    <t>32 GB</t>
+  </si>
+  <si>
+    <t>Disk Kapasitesi</t>
+  </si>
+  <si>
+    <t>2 TB SSD</t>
+  </si>
+  <si>
+    <t>Disk Bilgisi</t>
+  </si>
+  <si>
+    <t>2TB NVMe M.2 SSD</t>
+  </si>
+  <si>
+    <t>Ekran Boyutu</t>
+  </si>
+  <si>
+    <t>17,3"</t>
+  </si>
+  <si>
+    <t>Ekran Kartı Belleği</t>
+  </si>
+  <si>
+    <t>8 GB</t>
+  </si>
+  <si>
+    <t>İşletim Sistemi</t>
+  </si>
+  <si>
+    <t>FreeDOS</t>
+  </si>
+  <si>
+    <t>Dokunmatik Ekran</t>
+  </si>
+  <si>
+    <t>Yok</t>
+  </si>
+  <si>
+    <t>Ekran Kartı Serisi</t>
+  </si>
+  <si>
+    <t>NVIDIA GeForce RTX 5060</t>
+  </si>
+  <si>
+    <t>Ekran Kartı</t>
+  </si>
+  <si>
+    <t>Nvidia GeForce RTX5060 100+15W 8GB</t>
+  </si>
+  <si>
+    <t>Optik Sürücü</t>
+  </si>
+  <si>
+    <t>Kablosuz</t>
+  </si>
+  <si>
+    <t>Wi-Fi, Bluetooth</t>
+  </si>
+  <si>
+    <t>Ethernet Kartı</t>
+  </si>
+  <si>
+    <t>Port Yapısı</t>
+  </si>
+  <si>
+    <t>USB Type-C, USB 3.2, USB 2.0, HDMI</t>
+  </si>
+  <si>
+    <t>Web Kamerası</t>
+  </si>
+  <si>
+    <t>Var</t>
+  </si>
+  <si>
+    <t>Klavye Aydınlatması</t>
+  </si>
+  <si>
+    <t>Kart Okuyucu</t>
+  </si>
+  <si>
+    <t>Parmak İzi Okuyucu</t>
+  </si>
+  <si>
+    <t>Garanti</t>
+  </si>
+  <si>
+    <t>3 Yıl</t>
+  </si>
+  <si>
+    <t>Ekran Tazeleme Hızı</t>
+  </si>
+  <si>
+    <t>144 Hz</t>
+  </si>
+  <si>
     <t>Ekran Çözünürlüğü</t>
   </si>
   <si>
-    <t>2560x1440 QHD (2K)</t>
-[...116 lines deleted...]
-    <t>3 Yıl</t>
+    <t>1920x1080 FullHD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -665,123 +665,123 @@
       <c r="B15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>34</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B20" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B25" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
+        <v>47</v>
+      </c>
+      <c r="B27" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>